--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -617,51 +617,51 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ročník 2024/2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>7.12.2025</w:t>
+        <w:t>13.12.2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00F65361" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00FA00A1" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t> MAKL 1T 2024/2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00FA00A1" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpiskola"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
@@ -10956,60 +10956,60 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(%)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00153B96" w:rsidP="00153B96">
       <w:pPr>
         <w:pStyle w:val="TabulkaBodyHraci"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3402"/>
           <w:tab w:val="clear" w:pos="5812"/>
           <w:tab w:val="clear" w:pos="6180"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="decimal" w:pos="5727"/>
           <w:tab w:val="center" w:pos="6096"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>45.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Jana Sekacova </w:t>
+        <w:t>Petr Bulava </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>MYTŘI</w:t>
+        <w:t>PIPOVCI</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(50%)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
@@ -11021,60 +11021,60 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(%)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00153B96" w:rsidP="00153B96">
       <w:pPr>
         <w:pStyle w:val="TabulkaBodyHraci"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3402"/>
           <w:tab w:val="clear" w:pos="5812"/>
           <w:tab w:val="clear" w:pos="6180"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="decimal" w:pos="5727"/>
           <w:tab w:val="center" w:pos="6096"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>46.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Petr Bulava </w:t>
+        <w:t>Roman Ryšavý </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>PIPOVCI</w:t>
+        <w:t>Mládenci</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(50%)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
@@ -11086,60 +11086,60 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(%)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00153B96" w:rsidP="00153B96">
       <w:pPr>
         <w:pStyle w:val="TabulkaBodyHraci"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3402"/>
           <w:tab w:val="clear" w:pos="5812"/>
           <w:tab w:val="clear" w:pos="6180"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="decimal" w:pos="5727"/>
           <w:tab w:val="center" w:pos="6096"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>47.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Roman Ryšavý </w:t>
+        <w:t>Jana Sekacova </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Mládenci</w:t>
+        <w:t>MYTŘI</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(50%)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
@@ -11541,60 +11541,60 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(%)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00153B96" w:rsidP="00153B96">
       <w:pPr>
         <w:pStyle w:val="TabulkaBodyHraci"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3402"/>
           <w:tab w:val="clear" w:pos="5812"/>
           <w:tab w:val="clear" w:pos="6180"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="decimal" w:pos="5727"/>
           <w:tab w:val="center" w:pos="6096"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>54.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Jana Nárožná </w:t>
+        <w:t>Lukáš Suchánek </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ERNA</w:t>
+        <w:t>A JE TO</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(0%)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
@@ -11606,60 +11606,60 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(%)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00153B96" w:rsidP="00153B96">
       <w:pPr>
         <w:pStyle w:val="TabulkaBodyHraci"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3402"/>
           <w:tab w:val="clear" w:pos="5812"/>
           <w:tab w:val="clear" w:pos="6180"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="decimal" w:pos="5727"/>
           <w:tab w:val="center" w:pos="6096"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>55.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Lukáš Suchánek </w:t>
+        <w:t>Taťána Grulichová </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>A JE TO</w:t>
+        <w:t>ERNA</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(0%)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t/>
       </w:r>
       <w:r>
@@ -11671,51 +11671,51 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(%)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00153B96" w:rsidP="00153B96">
       <w:pPr>
         <w:pStyle w:val="TabulkaBodyHraci"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3402"/>
           <w:tab w:val="clear" w:pos="5812"/>
           <w:tab w:val="clear" w:pos="6180"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="decimal" w:pos="5727"/>
           <w:tab w:val="center" w:pos="6096"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>56.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Taťána Grulichová </w:t>
+        <w:t>Jana Nárožná </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ERNA</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>